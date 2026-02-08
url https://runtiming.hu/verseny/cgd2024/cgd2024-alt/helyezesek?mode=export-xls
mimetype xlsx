--- v0 (2025-10-26)
+++ v1 (2026-02-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.26. 07:28</t>
+    <t>Eredmények listája: 2026.02.08. 15:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Császi Balázs</t>
   </si>
   <si>
     <t xml:space="preserve">fiu 7-8. évfolyam </t>
   </si>
   <si>
     <t>00:13:38</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>1.6 km [100%]</t>
   </si>
   <si>
     <t>06-06 10:02</t>
   </si>
   <si>
     <t>finished</t>
   </si>