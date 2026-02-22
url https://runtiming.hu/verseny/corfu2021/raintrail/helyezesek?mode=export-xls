--- v0 (2025-10-31)
+++ v1 (2026-02-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.31. 14:15</t>
+    <t>Eredmények listája: 2026.02.22. 02:40</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>LUDOVIC POMMERET</t>
   </si>
   <si>
     <t>Man M41+</t>
   </si>
   <si>
     <t>03:50:38</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>40 km [100%]</t>
   </si>
   <si>
     <t>05-22 19:48</t>
   </si>
   <si>
     <t>finished</t>
   </si>