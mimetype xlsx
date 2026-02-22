--- v1 (2026-02-22)
+++ v2 (2026-02-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.22. 02:40</t>
+    <t>Eredmények listája: 2026.02.22. 04:17</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>LUDOVIC POMMERET</t>
   </si>
   <si>
     <t>Man M41+</t>
   </si>
   <si>
     <t>03:50:38</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>40 km [100%]</t>
   </si>
   <si>
     <t>05-22 19:48</t>
   </si>
   <si>
     <t>finished</t>
   </si>