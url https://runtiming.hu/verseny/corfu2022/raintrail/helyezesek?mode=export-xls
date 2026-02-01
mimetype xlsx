--- v0 (2025-10-16)
+++ v1 (2026-02-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.16. 11:40</t>
+    <t>Eredmények listája: 2026.02.02. 00:19</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>ATHANASIOS PAGOUNADIS</t>
   </si>
   <si>
     <t>Man M18+</t>
   </si>
   <si>
     <t>03:57:50</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>40 km [100%]</t>
   </si>
   <si>
     <t>05-07 20:01</t>
   </si>
   <si>
     <t>finished</t>
   </si>