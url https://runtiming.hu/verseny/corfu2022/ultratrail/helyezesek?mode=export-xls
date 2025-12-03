--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 12:21</t>
+    <t>Eredmények listája: 2025.12.03. 20:44</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CLÉMENT DESILLE</t>
   </si>
   <si>
     <t>Man M18+</t>
   </si>
   <si>
     <t>13:12:05</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>110 km [100%]</t>
   </si>
   <si>
     <t>05-07 19:13</t>
   </si>
   <si>
     <t>finished</t>
   </si>