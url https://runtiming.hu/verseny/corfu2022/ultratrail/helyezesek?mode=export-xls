--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.03. 20:44</t>
+    <t>Eredmények listája: 2026.02.02. 00:19</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CLÉMENT DESILLE</t>
   </si>
   <si>
     <t>Man M18+</t>
   </si>
   <si>
     <t>13:12:05</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>110 km [100%]</t>
   </si>
   <si>
     <t>05-07 19:13</t>
   </si>
   <si>
     <t>finished</t>
   </si>