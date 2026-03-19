--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.02. 00:19</t>
+    <t>Eredmények listája: 2026.03.19. 02:38</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CLÉMENT DESILLE</t>
   </si>
   <si>
     <t>Man M18+</t>
   </si>
   <si>
     <t>13:12:05</t>
   </si>
   <si>
     <t>Finish</t>
   </si>
   <si>
     <t>110 km [100%]</t>
   </si>
   <si>
     <t>05-07 19:13</t>
   </si>
   <si>
     <t>finished</t>
   </si>