--- v0 (2025-10-22)
+++ v1 (2026-01-07)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.22. 04:14</t>
+    <t>Eredmények listája: 2026.01.07. 17:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Balazs Gyorvari</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:00:33</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>0.1 km [100%]</t>
   </si>
   <si>
     <t>03-12 17:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>