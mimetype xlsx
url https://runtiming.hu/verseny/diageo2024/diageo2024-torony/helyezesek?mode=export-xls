--- v1 (2026-01-07)
+++ v2 (2026-03-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.07. 17:28</t>
+    <t>Eredmények listája: 2026.03.06. 01:40</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Balazs Gyorvari</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:00:33</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>0.1 km [100%]</t>
   </si>
   <si>
     <t>03-12 17:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>