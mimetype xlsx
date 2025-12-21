--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.30. 20:01</t>
+    <t>Eredmények listája: 2025.12.21. 02:36</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Levente Bátori</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:00:36</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>0.1 km [100%]</t>
   </si>
   <si>
     <t>03-12 17:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>