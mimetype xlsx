--- v1 (2025-12-21)
+++ v2 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.21. 02:36</t>
+    <t>Eredmények listája: 2026.02.12. 09:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Levente Bátori</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:00:36</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>0.1 km [100%]</t>
   </si>
   <si>
     <t>03-12 17:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>