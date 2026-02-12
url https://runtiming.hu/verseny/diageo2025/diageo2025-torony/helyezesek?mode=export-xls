--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.12. 09:28</t>
+    <t>Eredmények listája: 2026.02.12. 11:02</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Levente Bátori</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:00:36</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>0.1 km [100%]</t>
   </si>
   <si>
     <t>03-12 17:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>