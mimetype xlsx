--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.20. 14:19</t>
+    <t>Eredmények listája: 2026.02.17. 01:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kívés Bendegúz</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>01:29:53</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>14 km [100%]</t>
   </si>
   <si>
     <t>03-25 09:30</t>
   </si>
   <si>
     <t>finished</t>
   </si>