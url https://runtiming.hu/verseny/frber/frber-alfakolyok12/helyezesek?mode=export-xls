--- v0 (2025-12-04)
+++ v1 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 15:15</t>
+    <t>Eredmények listája: 2026.02.17. 01:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szirányi Zalán</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 12-14 év </t>
   </si>
   <si>
     <t>00:10:29</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>3 km [100%]</t>
   </si>
   <si>
     <t>03-25 15:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>