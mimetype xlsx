--- v0 (2025-10-24)
+++ v1 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.24. 12:31</t>
+    <t>Eredmények listája: 2026.02.17. 01:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bakki-Nagy Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:11:04</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>03-25 14:59</t>
   </si>
   <si>
     <t>finished</t>
   </si>