--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.31. 10:44</t>
+    <t>Eredmények listája: 2025.12.16. 07:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>BÁNHIDI DÁVID</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:00:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>14 km [100%]</t>
   </si>
   <si>
     <t>03-25 10:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>