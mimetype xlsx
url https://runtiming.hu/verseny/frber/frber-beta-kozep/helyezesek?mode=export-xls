--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.16. 07:54</t>
+    <t>Eredmények listája: 2026.02.17. 01:53</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>BÁNHIDI DÁVID</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:00:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>14 km [100%]</t>
   </si>
   <si>
     <t>03-25 10:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>