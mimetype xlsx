--- v0 (2025-10-19)
+++ v1 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 11:41</t>
+    <t>Eredmények listája: 2026.02.17. 01:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Darányi Brendon</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 12-14 év </t>
   </si>
   <si>
     <t>00:14:37</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>3 km [100%]</t>
   </si>
   <si>
     <t>03-25 15:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>