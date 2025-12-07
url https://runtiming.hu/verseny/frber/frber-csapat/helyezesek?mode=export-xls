--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.23. 10:40</t>
+    <t>Eredmények listája: 2025.12.07. 13:57</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Titans of Hungary #01</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>01:00:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.9 km [100%]</t>
   </si>
   <si>
     <t>03-26 10:02</t>
   </si>
   <si>
     <t>finished</t>
   </si>