--- v1 (2025-12-07)
+++ v2 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.07. 13:57</t>
+    <t>Eredmények listája: 2026.02.17. 01:53</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Titans of Hungary #01</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>01:00:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.9 km [100%]</t>
   </si>
   <si>
     <t>03-26 10:02</t>
   </si>
   <si>
     <t>finished</t>
   </si>