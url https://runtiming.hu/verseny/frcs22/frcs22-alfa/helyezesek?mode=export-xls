--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.24. 10:27</t>
+    <t>Eredmények listája: 2025.12.13. 17:43</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kívés Bendegúz</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>00:57:06</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11.4 km [100%]</t>
   </si>
   <si>
     <t>10-01 08:57</t>
   </si>
   <si>
     <t>finished</t>
   </si>