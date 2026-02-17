--- v1 (2025-12-13)
+++ v2 (2026-02-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.13. 17:43</t>
+    <t>Eredmények listája: 2026.02.17. 12:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kívés Bendegúz</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>00:57:06</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11.4 km [100%]</t>
   </si>
   <si>
     <t>10-01 08:57</t>
   </si>
   <si>
     <t>finished</t>
   </si>