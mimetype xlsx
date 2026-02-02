--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 23:02</t>
+    <t>Eredmények listája: 2026.02.02. 19:48</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Titans of Hungary future</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős vegyes csapat </t>
   </si>
   <si>
     <t>01:08:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.9 km [100%]</t>
   </si>
   <si>
     <t>10-13 10:24</t>
   </si>
   <si>
     <t>finished</t>
   </si>