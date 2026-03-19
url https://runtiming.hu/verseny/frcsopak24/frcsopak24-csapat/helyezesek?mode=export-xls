--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.02. 19:48</t>
+    <t>Eredmények listája: 2026.03.19. 23:48</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Titans of Hungary future</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős vegyes csapat </t>
   </si>
   <si>
     <t>01:08:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.9 km [100%]</t>
   </si>
   <si>
     <t>10-13 10:24</t>
   </si>
   <si>
     <t>finished</t>
   </si>