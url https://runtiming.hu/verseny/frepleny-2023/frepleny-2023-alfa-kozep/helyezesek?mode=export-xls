--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.20. 08:08</t>
+    <t>Eredmények listája: 2025.12.04. 13:00</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Balhási Ákos</t>
   </si>
   <si>
     <t>Férfi Férfi 41-50</t>
   </si>
   <si>
     <t>01:48:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>16.2 km [100%]</t>
   </si>
   <si>
     <t>10-22 10:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>