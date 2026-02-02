--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 13:00</t>
+    <t>Eredmények listája: 2026.02.02. 16:46</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Balhási Ákos</t>
   </si>
   <si>
     <t>Férfi Férfi 41-50</t>
   </si>
   <si>
     <t>01:48:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>16.2 km [100%]</t>
   </si>
   <si>
     <t>10-22 10:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>