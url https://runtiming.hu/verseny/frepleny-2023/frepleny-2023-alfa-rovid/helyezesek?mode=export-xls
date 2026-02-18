--- v0 (2026-01-02)
+++ v1 (2026-02-18)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.02. 17:36</t>
+    <t>Eredmények listája: 2026.02.18. 06:50</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kívés Bendegúz</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>00:46:00</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11 km [100%]</t>
   </si>
   <si>
     <t>10-21 09:17</t>
   </si>
   <si>
     <t>finished</t>
   </si>