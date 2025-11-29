--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 12:22</t>
+    <t>Eredmények listája: 2025.11.29. 13:44</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zolnai Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:05:23</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.5 km [100%]</t>
   </si>
   <si>
     <t>10-21 09:50</t>
   </si>
   <si>
     <t>finished</t>
   </si>