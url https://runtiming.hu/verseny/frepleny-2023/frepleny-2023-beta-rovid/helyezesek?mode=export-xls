--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.29. 13:44</t>
+    <t>Eredmények listája: 2026.01.14. 11:21</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zolnai Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:05:23</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.5 km [100%]</t>
   </si>
   <si>
     <t>10-21 09:50</t>
   </si>
   <si>
     <t>finished</t>
   </si>