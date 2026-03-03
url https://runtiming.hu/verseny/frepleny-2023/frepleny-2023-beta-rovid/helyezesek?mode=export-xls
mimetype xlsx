--- v2 (2026-01-14)
+++ v3 (2026-03-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.14. 11:21</t>
+    <t>Eredmények listája: 2026.03.03. 04:36</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zolnai Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:05:23</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.5 km [100%]</t>
   </si>
   <si>
     <t>10-21 09:50</t>
   </si>
   <si>
     <t>finished</t>
   </si>