--- v3 (2026-03-03)
+++ v4 (2026-03-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.03.03. 04:36</t>
+    <t>Eredmények listája: 2026.03.03. 06:05</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zolnai Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:05:23</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8.5 km [100%]</t>
   </si>
   <si>
     <t>10-21 09:50</t>
   </si>
   <si>
     <t>finished</t>
   </si>