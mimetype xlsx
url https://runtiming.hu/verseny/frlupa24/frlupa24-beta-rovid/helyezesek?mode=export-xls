--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.21. 19:44</t>
+    <t>Eredmények listája: 2026.02.05. 09:27</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bozi András</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:50:48</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>7.8 km [100%]</t>
   </si>
   <si>
     <t>04-06 11:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>