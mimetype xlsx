--- v0 (2025-12-21)
+++ v1 (2025-12-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.21. 19:44</t>
+    <t>Eredmények listája: 2025.12.21. 21:11</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>OCRA Slovakia</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>00:43:01</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>7.8 km [100%]</t>
   </si>
   <si>
     <t>04-07 10:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>