--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.21. 21:11</t>
+    <t>Eredmények listája: 2026.02.05. 09:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>OCRA Slovakia</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>00:43:01</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>7.8 km [100%]</t>
   </si>
   <si>
     <t>04-07 10:22</t>
   </si>
   <si>
     <t>finished</t>
   </si>