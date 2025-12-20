--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.04. 06:27</t>
+    <t>Eredmények listája: 2025.12.20. 14:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>PUSZTAI DOMINIK</t>
   </si>
   <si>
     <t>Férfi Férfi 15-20</t>
   </si>
   <si>
     <t>00:54:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>9.3 km [100%]</t>
   </si>
   <si>
     <t>06-17 20:53</t>
   </si>
   <si>
     <t>finished</t>
   </si>