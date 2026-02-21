--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.20. 14:54</t>
+    <t>Eredmények listája: 2026.02.21. 21:57</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>PUSZTAI DOMINIK</t>
   </si>
   <si>
     <t>Férfi Férfi 15-20</t>
   </si>
   <si>
     <t>00:54:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>9.3 km [100%]</t>
   </si>
   <si>
     <t>06-17 20:53</t>
   </si>
   <si>
     <t>finished</t>
   </si>