--- v0 (2025-10-29)
+++ v1 (2026-02-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.29. 21:49</t>
+    <t>Eredmények listája: 2026.02.21. 21:57</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bor Milán</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 6-8 év </t>
   </si>
   <si>
     <t>00:05:12</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>1 km [100%]</t>
   </si>
   <si>
     <t>06-17 14:29</t>
   </si>
   <si>
     <t>finished</t>
   </si>