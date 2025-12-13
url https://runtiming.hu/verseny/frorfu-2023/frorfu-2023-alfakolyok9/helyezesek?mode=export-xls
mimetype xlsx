--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.28. 16:05</t>
+    <t>Eredmények listája: 2025.12.13. 05:32</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bakki-Nagy Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:09:34</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>06-17 14:57</t>
   </si>
   <si>
     <t>finished</t>
   </si>