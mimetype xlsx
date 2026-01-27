--- v1 (2025-12-13)
+++ v2 (2026-01-27)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.13. 05:32</t>
+    <t>Eredmények listája: 2026.01.27. 18:46</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bakki-Nagy Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:09:34</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>06-17 14:57</t>
   </si>
   <si>
     <t>finished</t>
   </si>