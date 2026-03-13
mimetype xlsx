--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.27. 18:46</t>
+    <t>Eredmények listája: 2026.03.13. 23:23</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Bakki-Nagy Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:09:34</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>06-17 14:57</t>
   </si>
   <si>
     <t>finished</t>
   </si>