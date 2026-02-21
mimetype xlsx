--- v0 (2025-10-28)
+++ v1 (2026-02-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.28. 01:36</t>
+    <t>Eredmények listája: 2026.02.21. 21:57</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kovács Levente</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:20:03</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>9.3 km [100%]</t>
   </si>
   <si>
     <t>06-17 21:40</t>
   </si>
   <si>
     <t>finished</t>
   </si>