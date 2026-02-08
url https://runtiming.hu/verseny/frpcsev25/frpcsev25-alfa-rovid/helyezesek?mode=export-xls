--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.24. 15:04</t>
+    <t>Eredmények listája: 2026.02.08. 03:29</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TEODOR KENYERES</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>00:53:38</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8 km [100%]</t>
   </si>
   <si>
     <t>09-13 09:53</t>
   </si>
   <si>
     <t>finished</t>
   </si>