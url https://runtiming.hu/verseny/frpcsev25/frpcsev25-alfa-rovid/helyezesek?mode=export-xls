--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.08. 03:29</t>
+    <t>Eredmények listája: 2026.02.08. 07:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TEODOR KENYERES</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>00:53:38</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>8 km [100%]</t>
   </si>
   <si>
     <t>09-13 09:53</t>
   </si>
   <si>
     <t>finished</t>
   </si>