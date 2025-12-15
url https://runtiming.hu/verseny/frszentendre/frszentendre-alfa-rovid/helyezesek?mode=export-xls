--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.26. 18:36</t>
+    <t>Eredmények listája: 2025.12.15. 01:43</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Honti György</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:51:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.2 km [100%]</t>
   </si>
   <si>
     <t>08-26 11:23</t>
   </si>
   <si>
     <t>finished</t>
   </si>