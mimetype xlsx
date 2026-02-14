--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.15. 01:43</t>
+    <t>Eredmények listája: 2026.02.14. 12:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Honti György</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:51:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.2 km [100%]</t>
   </si>
   <si>
     <t>08-26 11:23</t>
   </si>
   <si>
     <t>finished</t>
   </si>