--- v0 (2026-01-05)
+++ v1 (2026-03-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.05. 17:09</t>
+    <t>Eredmények listája: 2026.03.06. 07:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Késely Hajnalka</t>
   </si>
   <si>
     <t xml:space="preserve">Női </t>
   </si>
   <si>
     <t>09:16:57</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>52.5 km [100%]</t>
   </si>
   <si>
     <t>08-26 20:02</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>