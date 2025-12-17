--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.29. 15:17</t>
+    <t>Eredmények listája: 2025.12.17. 02:42</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TEODOR KENYERES</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>03:16:34</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>30 km [100%]</t>
   </si>
   <si>
     <t>03-22 12:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>