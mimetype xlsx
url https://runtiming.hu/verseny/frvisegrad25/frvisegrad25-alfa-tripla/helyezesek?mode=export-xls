--- v1 (2025-12-17)
+++ v2 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.17. 02:42</t>
+    <t>Eredmények listája: 2026.02.12. 12:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TEODOR KENYERES</t>
   </si>
   <si>
     <t>Férfi Férfi 21-30</t>
   </si>
   <si>
     <t>03:16:34</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>30 km [100%]</t>
   </si>
   <si>
     <t>03-22 12:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>