--- v0 (2025-10-26)
+++ v1 (2026-01-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.26. 07:37</t>
+    <t>Eredmények listája: 2026.01.01. 11:05</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kádár Kitti </t>
   </si>
   <si>
     <t xml:space="preserve">Női </t>
   </si>
   <si>
     <t>07:57:43</t>
   </si>
   <si>
     <t>53. kör</t>
   </si>
   <si>
     <t>84.8 km [84%]</t>
   </si>
   <si>
     <t>05-29 16:57</t>
   </si>
   <si>
     <t>racing</t>
   </si>