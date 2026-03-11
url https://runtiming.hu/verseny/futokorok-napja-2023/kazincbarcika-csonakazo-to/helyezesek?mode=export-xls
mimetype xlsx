--- v0 (2025-12-30)
+++ v1 (2026-03-11)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.31. 00:34</t>
+    <t>Eredmények listája: 2026.03.11. 01:58</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0\ [$Ft-40E]_-;\-* #,##0\ [$Ft-40E]_-;_-* &quot;-&quot;??\ [$Ft-40E]_-;_-@_-"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="0"/>