--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.02. 17:34</t>
+    <t>Eredmények listája: 2025.12.31. 02:37</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>JÁSZÁROKSZÁLLÁS ÖTE</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>01:57:13</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>20 km [100%]</t>
   </si>
   <si>
     <t>06-12 12:21</t>
   </si>
   <si>
     <t>finished</t>
   </si>