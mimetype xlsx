--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.31. 02:37</t>
+    <t>Eredmények listája: 2026.02.14. 05:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>JÁSZÁROKSZÁLLÁS ÖTE</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>01:57:13</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>20 km [100%]</t>
   </si>
   <si>
     <t>06-12 12:21</t>
   </si>
   <si>
     <t>finished</t>
   </si>