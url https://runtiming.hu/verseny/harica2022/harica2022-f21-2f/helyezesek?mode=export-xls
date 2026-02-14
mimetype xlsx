--- v2 (2026-02-14)
+++ v3 (2026-02-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.14. 05:09</t>
+    <t>Eredmények listája: 2026.02.14. 06:55</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>JÁSZÁROKSZÁLLÁS ÖTE</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős férfi csapat </t>
   </si>
   <si>
     <t>01:57:13</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>20 km [100%]</t>
   </si>
   <si>
     <t>06-12 12:21</t>
   </si>
   <si>
     <t>finished</t>
   </si>