--- v0 (2025-10-18)
+++ v1 (2026-01-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.18. 11:19</t>
+    <t>Eredmények listája: 2026.01.21. 13:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Ádám Ficzere</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>05:16:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>42 km [100%]</t>
   </si>
   <si>
     <t>06-12 15:40</t>
   </si>
   <si>
     <t>finished</t>
   </si>