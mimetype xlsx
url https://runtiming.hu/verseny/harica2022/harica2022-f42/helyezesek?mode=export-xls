--- v1 (2026-01-21)
+++ v2 (2026-01-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.21. 13:49</t>
+    <t>Eredmények listája: 2026.01.21. 15:30</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Ádám Ficzere</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>05:16:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>42 km [100%]</t>
   </si>
   <si>
     <t>06-12 15:40</t>
   </si>
   <si>
     <t>finished</t>
   </si>