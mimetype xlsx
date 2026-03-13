--- v2 (2026-01-21)
+++ v3 (2026-03-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.21. 15:30</t>
+    <t>Eredmények listája: 2026.03.13. 23:51</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Ádám Ficzere</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>05:16:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>42 km [100%]</t>
   </si>
   <si>
     <t>06-12 15:40</t>
   </si>
   <si>
     <t>finished</t>
   </si>