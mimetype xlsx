--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 12:19</t>
+    <t>Eredmények listája: 2025.12.04. 16:30</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kerek Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:25:53</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>06-12 11:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>