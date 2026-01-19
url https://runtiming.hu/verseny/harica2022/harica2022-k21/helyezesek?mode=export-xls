--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 16:30</t>
+    <t>Eredmények listája: 2026.01.20. 00:16</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kerek Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:25:53</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>06-12 11:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>