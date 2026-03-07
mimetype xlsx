--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.20. 00:16</t>
+    <t>Eredmények listája: 2026.03.07. 05:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kerek Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:25:53</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>06-12 11:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>