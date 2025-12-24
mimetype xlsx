--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="377">
   <si>
     <t>Hard Dog Race Base Csehország, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.11.07. 00:29</t>
+    <t>Összesítés: 2025.12.24. 15:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CHARLIZE TEAM</t>
   </si>
   <si>
     <t>01:13:31</t>
   </si>
   <si>
     <t>Tereza Hostáková, Michal Zeman</t>
   </si>
   <si>
     <t>Charlize Donnevara</t>
   </si>
   <si>
     <t>Holy's slaves</t>
   </si>
   <si>
     <t>01:18:26</t>
   </si>
   <si>
     <t>David Prchal, Žaneta Pleskačová</t>
   </si>