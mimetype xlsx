--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="377">
   <si>
     <t>Hard Dog Race Base Csehország, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.12.24. 15:01</t>
+    <t>Összesítés: 2026.02.22. 14:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CHARLIZE TEAM</t>
   </si>
   <si>
     <t>01:13:31</t>
   </si>
   <si>
     <t>Tereza Hostáková, Michal Zeman</t>
   </si>
   <si>
     <t>Charlize Donnevara</t>
   </si>
   <si>
     <t>Holy's slaves</t>
   </si>
   <si>
     <t>01:18:26</t>
   </si>
   <si>
     <t>David Prchal, Žaneta Pleskačová</t>
   </si>