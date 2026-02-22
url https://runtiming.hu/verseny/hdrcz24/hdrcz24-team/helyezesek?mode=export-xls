--- v0 (2025-11-06)
+++ v1 (2026-02-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Csapatnév</t>
   </si>
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.07. 00:29</t>
+    <t>Eredmények listája: 2026.02.22. 14:32</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Vojta Čapek</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>EXTREME DOG RACE I</t>
   </si>
   <si>
     <t>Nugget Haliba Extreme Dog Race team</t>
   </si>