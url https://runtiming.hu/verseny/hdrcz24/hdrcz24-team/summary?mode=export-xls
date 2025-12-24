--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Hard Dog Race Base Csehország, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.11.07. 00:29</t>
+    <t>Összesítés: 2025.12.24. 15:00</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>EXTREME DOG RACE I</t>
   </si>
   <si>
     <t>01:09:35</t>
   </si>
   <si>
     <t>Vojta Čapek, Jana Jakoubková, Janoušek Josef, Vlasta Pekárková, Filip Pekárek, Pavla Šatná</t>
   </si>
   <si>
     <t>Nugget Haliba Extreme Dog Race team, Akim Extreme Dog Race team, Mani Extreme Dog Race team, Canis Ronja Falco line, Elymája Falco line, Ori Gitigaro Extreme Dog Race team</t>
   </si>
   <si>
     <t>Canicross Kladno 1</t>
   </si>
   <si>
     <t>01:12:42</t>
   </si>
   <si>
     <t>Zbyšek ČERVENKA, Kateřina Štíbalová, Martina ČERVENKOVÁ, Jitka Jonáková, Veronika Krejčíková, Anna Dastychová</t>
   </si>