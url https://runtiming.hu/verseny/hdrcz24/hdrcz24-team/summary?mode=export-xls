--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Hard Dog Race Base Csehország, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.12.24. 15:00</t>
+    <t>Összesítés: 2026.02.22. 14:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>EXTREME DOG RACE I</t>
   </si>
   <si>
     <t>01:09:35</t>
   </si>
   <si>
     <t>Vojta Čapek, Jana Jakoubková, Janoušek Josef, Vlasta Pekárková, Filip Pekárek, Pavla Šatná</t>
   </si>
   <si>
     <t>Nugget Haliba Extreme Dog Race team, Akim Extreme Dog Race team, Mani Extreme Dog Race team, Canis Ronja Falco line, Elymája Falco line, Ori Gitigaro Extreme Dog Race team</t>
   </si>
   <si>
     <t>Canicross Kladno 1</t>
   </si>
   <si>
     <t>01:12:42</t>
   </si>
   <si>
     <t>Zbyšek ČERVENKA, Kateřina Štíbalová, Martina ČERVENKOVÁ, Jitka Jonáková, Veronika Krejčíková, Anna Dastychová</t>
   </si>