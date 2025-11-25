--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -48,51 +48,51 @@
   <si>
     <t>Csapatnév</t>
   </si>
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.10. 19:04</t>
+    <t>Eredmények listája: 2025.11.25. 06:46</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>David Prchal</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Holy’s slaves</t>
   </si>
   <si>
     <t xml:space="preserve">pair </t>
   </si>