--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -48,51 +48,51 @@
   <si>
     <t>Csapatnév</t>
   </si>
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.25. 06:46</t>
+    <t>Eredmények listája: 2026.01.11. 08:58</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>David Prchal</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Holy’s slaves</t>
   </si>
   <si>
     <t xml:space="preserve">pair </t>
   </si>