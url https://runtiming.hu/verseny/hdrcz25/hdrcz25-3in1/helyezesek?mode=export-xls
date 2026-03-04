--- v2 (2026-01-11)
+++ v3 (2026-03-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Csapatnév</t>
   </si>
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.11. 08:58</t>
+    <t>Eredmények listája: 2026.03.04. 02:34</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>David Prchal</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Holy’s slaves</t>
   </si>
   <si>
     <t xml:space="preserve">pair </t>
   </si>