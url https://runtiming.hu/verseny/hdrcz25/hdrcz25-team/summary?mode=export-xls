--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Hard Dog Race Base Csehország 2025, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.10.10. 16:58</t>
+    <t>Összesítés: 2025.11.25. 06:46</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Wataha Beaucerona Sportowa</t>
   </si>
   <si>
     <t>01:09:43</t>
   </si>
   <si>
     <t>Piotr Kapela, Łukasz Matyjewicz, Karol Kobylarz, Daniel Żukowski, Anna Majchrzak, Joanna KAPELA</t>
   </si>
   <si>
     <t>Trinity Sentinelle Noire, Faro, Achaja Sanivege, Sirius Black Sentinelle Noire</t>
   </si>
   <si>
     <t>EXTREME DOG RACE II</t>
   </si>
   <si>
     <t>01:13:37</t>
   </si>
   <si>
     <t>Vojta Čapek, Adéla Plchová, Eliška Veselá, Matěj Jiruf, Monika Čapková, Kateřina Kuncová</t>
   </si>