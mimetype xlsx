--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Hard Dog Race Base Csehország 2025, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.11.25. 06:46</t>
+    <t>Összesítés: 2026.01.11. 09:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Wataha Beaucerona Sportowa</t>
   </si>
   <si>
     <t>01:09:43</t>
   </si>
   <si>
     <t>Piotr Kapela, Łukasz Matyjewicz, Karol Kobylarz, Daniel Żukowski, Anna Majchrzak, Joanna KAPELA</t>
   </si>
   <si>
     <t>Trinity Sentinelle Noire, Faro, Achaja Sanivege, Sirius Black Sentinelle Noire</t>
   </si>
   <si>
     <t>EXTREME DOG RACE II</t>
   </si>
   <si>
     <t>01:13:37</t>
   </si>
   <si>
     <t>Vojta Čapek, Adéla Plchová, Eliška Veselá, Matěj Jiruf, Monika Čapková, Kateřina Kuncová</t>
   </si>