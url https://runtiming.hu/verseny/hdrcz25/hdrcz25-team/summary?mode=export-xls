--- v2 (2026-01-11)
+++ v3 (2026-03-04)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Hard Dog Race Base Csehország 2025, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2026.01.11. 09:01</t>
+    <t>Összesítés: 2026.03.04. 02:27</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Wataha Beaucerona Sportowa</t>
   </si>
   <si>
     <t>01:09:43</t>
   </si>
   <si>
     <t>Piotr Kapela, Łukasz Matyjewicz, Karol Kobylarz, Daniel Żukowski, Anna Majchrzak, Joanna KAPELA</t>
   </si>
   <si>
     <t>Trinity Sentinelle Noire, Faro, Achaja Sanivege, Sirius Black Sentinelle Noire</t>
   </si>
   <si>
     <t>EXTREME DOG RACE II</t>
   </si>
   <si>
     <t>01:13:37</t>
   </si>
   <si>
     <t>Vojta Čapek, Adéla Plchová, Eliška Veselá, Matěj Jiruf, Monika Čapková, Kateřina Kuncová</t>
   </si>