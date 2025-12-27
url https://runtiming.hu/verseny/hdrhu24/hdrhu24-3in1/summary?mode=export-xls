--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
   <si>
     <t>Hard Dog Race Base Magyarország, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.10.28. 21:34</t>
+    <t>Összesítés: 2025.12.27. 08:03</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mintabéesz</t>
   </si>
   <si>
     <t>01:38:11</t>
   </si>
   <si>
     <t>BOROVSZKY Ádám, SÁFRÁNY Marcell</t>
   </si>
   <si>
     <t>Nabukodonozor</t>
   </si>
   <si>
     <t>Team Tamino</t>
   </si>
   <si>
     <t>01:42:17</t>
   </si>
   <si>
     <t>TOMPA Sára, AUER Ádám</t>
   </si>