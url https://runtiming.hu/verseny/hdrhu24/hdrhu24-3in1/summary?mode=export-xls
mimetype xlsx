--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
   <si>
     <t>Hard Dog Race Base Magyarország, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.12.27. 08:03</t>
+    <t>Összesítés: 2026.02.10. 19:45</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mintabéesz</t>
   </si>
   <si>
     <t>01:38:11</t>
   </si>
   <si>
     <t>BOROVSZKY Ádám, SÁFRÁNY Marcell</t>
   </si>
   <si>
     <t>Nabukodonozor</t>
   </si>
   <si>
     <t>Team Tamino</t>
   </si>
   <si>
     <t>01:42:17</t>
   </si>
   <si>
     <t>TOMPA Sára, AUER Ádám</t>
   </si>