--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.09. 21:56</t>
+    <t>Eredmények listája: 2025.12.27. 17:24</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>VELEK Matej</t>
   </si>
   <si>
     <t>Harry</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:34:11</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>6 km [100%]</t>
   </si>