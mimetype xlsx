--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.27. 17:24</t>
+    <t>Eredmények listája: 2026.02.10. 19:51</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>VELEK Matej</t>
   </si>
   <si>
     <t>Harry</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:34:11</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>6 km [100%]</t>
   </si>