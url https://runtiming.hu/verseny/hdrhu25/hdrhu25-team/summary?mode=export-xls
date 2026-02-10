--- v0 (2025-11-09)
+++ v1 (2026-02-10)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Hard Dog Race Base Magyarország 2025, Csapat</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.11.09. 21:56</t>
+    <t>Összesítés: 2026.02.10. 19:45</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kutyával futunk 2025</t>
   </si>
   <si>
     <t>01:21:14</t>
   </si>
   <si>
     <t>TIMKÓ János, BÜRGE Mariann, BORBÉLY István, SZIGETI Anett Kata, JUHÁSZ Szilvia, STRELECZKI János</t>
   </si>
   <si>
     <t>Sonny, Vincent, Dorka, Elba, Szemi, Pizza</t>
   </si>
   <si>
     <t>Ürömi Falka</t>
   </si>
   <si>
     <t>01:29:08</t>
   </si>
   <si>
     <t>FRITZ Levente, HEGYI Attila, BALOGH Piroska, BALDAUFNÉ BÁLÓ Edina, MEGGYESI Gergő, BALOGH Zsófia</t>
   </si>