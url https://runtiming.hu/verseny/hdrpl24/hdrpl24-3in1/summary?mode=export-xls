--- v0 (2025-10-31)
+++ v1 (2026-02-13)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Hard Dog Race Base Lengyelország, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.10.31. 13:02</t>
+    <t>Összesítés: 2026.02.13. 11:11</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Psingwinki</t>
   </si>
   <si>
     <t>01:29:03</t>
   </si>
   <si>
     <t>Beata Ostoja-Lniska, Krzysztof Gromada</t>
   </si>
   <si>
     <t>Edmund</t>
   </si>
   <si>
     <t>Black Diamond Team</t>
   </si>
   <si>
     <t>01:32:07</t>
   </si>
   <si>
     <t>Paweł Praszczyk, Amelia Jureczka</t>
   </si>