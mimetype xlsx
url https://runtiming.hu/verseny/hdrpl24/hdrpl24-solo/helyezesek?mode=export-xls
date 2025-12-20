--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -48,51 +48,51 @@
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.31. 13:15</t>
+    <t>Eredmények listája: 2025.12.20. 14:58</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Jakub Krzemiński</t>
   </si>
   <si>
     <t>Polska</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
     <t xml:space="preserve">Man </t>
   </si>
   <si>
     <t>00:27:37</t>
   </si>