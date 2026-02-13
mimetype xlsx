--- v1 (2025-12-20)
+++ v2 (2026-02-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.20. 14:58</t>
+    <t>Eredmények listája: 2026.02.13. 11:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Jakub Krzemiński</t>
   </si>
   <si>
     <t>Polska</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
     <t xml:space="preserve">Man </t>
   </si>
   <si>
     <t>00:27:37</t>
   </si>