--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Csapatnév</t>
   </si>
   <si>
     <t>Kutya neve</t>
   </si>
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.24. 15:03</t>
+    <t>Eredmények listája: 2026.02.08. 03:27</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Kateřina Vlková</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Šamoní</t>
   </si>
   <si>
     <t xml:space="preserve">pair </t>
   </si>