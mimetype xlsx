--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Hard Dog Race Wild Lengyelország 2025, 3IN1</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.12.24. 14:59</t>
+    <t>Összesítés: 2026.02.08. 03:23</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Šamoní</t>
   </si>
   <si>
     <t>02:52:22</t>
   </si>
   <si>
     <t>Kateřina Vlková, Tomáš Michálek</t>
   </si>
   <si>
     <t>Everest Bohemian Crystals</t>
   </si>
   <si>
     <t>Rubi i jej dwoje ludzi</t>
   </si>
   <si>
     <t>03:00:15</t>
   </si>
   <si>
     <t>Maksymilian Zagulski, Sylwia Zagulska</t>
   </si>