--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Hard Dog Race Wild Lengyelország 2025, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.11.09. 08:16</t>
+    <t>Összesítés: 2025.12.24. 14:59</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Wataha Beaucerona Sportowa</t>
   </si>
   <si>
     <t>02:05:57</t>
   </si>
   <si>
     <t>Łukasz Matyjewicz, Piotr Kapela, Karol Kobylarz, Daniel Żukowski, Joanna Kapela, Katarzyna Żukowska</t>
   </si>
   <si>
     <t>Uther/Faro Astra Canina, Trinity Sentinelle Noire, Achaja Sanivege, Sirius Black Sentinelle Noire</t>
   </si>
   <si>
     <t>PobryCani</t>
   </si>
   <si>
     <t>02:12:51</t>
   </si>
   <si>
     <t>Stefan Wnorowski, Jarosław Nowicki, Marcin Dorecki, Piotr Szanser, Katarzyna Chyżyńska, Aleksandra Kozikowska-Lelonek</t>
   </si>