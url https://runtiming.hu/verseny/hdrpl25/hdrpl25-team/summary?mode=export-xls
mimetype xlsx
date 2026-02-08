--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -33,51 +33,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Hard Dog Race Wild Lengyelország 2025, Team</t>
   </si>
   <si>
     <t>Csapat neve</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Csapattagok</t>
   </si>
   <si>
     <t>Kutyák</t>
   </si>
   <si>
-    <t>Összesítés: 2025.12.24. 14:59</t>
+    <t>Összesítés: 2026.02.08. 03:23</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Wataha Beaucerona Sportowa</t>
   </si>
   <si>
     <t>02:05:57</t>
   </si>
   <si>
     <t>Łukasz Matyjewicz, Piotr Kapela, Karol Kobylarz, Daniel Żukowski, Joanna Kapela, Katarzyna Żukowska</t>
   </si>
   <si>
     <t>Uther/Faro Astra Canina, Trinity Sentinelle Noire, Achaja Sanivege, Sirius Black Sentinelle Noire</t>
   </si>
   <si>
     <t>PobryCani</t>
   </si>
   <si>
     <t>02:12:51</t>
   </si>
   <si>
     <t>Stefan Wnorowski, Jarosław Nowicki, Marcin Dorecki, Piotr Szanser, Katarzyna Chyżyńska, Aleksandra Kozikowska-Lelonek</t>
   </si>