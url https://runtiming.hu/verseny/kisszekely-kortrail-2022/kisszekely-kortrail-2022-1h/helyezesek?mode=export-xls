--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.03. 04:12</t>
+    <t>Eredmények listája: 2025.12.22. 21:55</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Tarnai  Dávid</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:50:40</t>
   </si>
   <si>
     <t>4. kör</t>
   </si>
   <si>
     <t>10.4 km [40%]</t>
   </si>
   <si>
     <t>09-03 09:56</t>
   </si>
   <si>
     <t>racing</t>
   </si>