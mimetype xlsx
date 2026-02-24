--- v1 (2025-12-22)
+++ v2 (2026-02-24)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.22. 21:55</t>
+    <t>Eredmények listája: 2026.02.24. 03:25</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Tarnai  Dávid</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:50:40</t>
   </si>
   <si>
     <t>4. kör</t>
   </si>
   <si>
     <t>10.4 km [40%]</t>
   </si>
   <si>
     <t>09-03 09:56</t>
   </si>
   <si>
     <t>racing</t>
   </si>