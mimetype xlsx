--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.04. 06:24</t>
+    <t>Eredmények listája: 2025.12.23. 10:16</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Krisch Miklos</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:59:30</t>
   </si>
   <si>
     <t>6. kör</t>
   </si>
   <si>
     <t>29.4 km [40%]</t>
   </si>
   <si>
     <t>09-03 12:01</t>
   </si>
   <si>
     <t>racing</t>
   </si>