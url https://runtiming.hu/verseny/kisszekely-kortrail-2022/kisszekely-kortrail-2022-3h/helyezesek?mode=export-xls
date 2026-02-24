--- v1 (2025-12-23)
+++ v2 (2026-02-24)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.23. 10:16</t>
+    <t>Eredmények listája: 2026.02.24. 03:25</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Krisch Miklos</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:59:30</t>
   </si>
   <si>
     <t>6. kör</t>
   </si>
   <si>
     <t>29.4 km [40%]</t>
   </si>
   <si>
     <t>09-03 12:01</t>
   </si>
   <si>
     <t>racing</t>
   </si>