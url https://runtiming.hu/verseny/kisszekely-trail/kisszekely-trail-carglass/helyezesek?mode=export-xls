--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 16:50</t>
+    <t>Eredmények listája: 2025.12.06. 22:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Virágh Bálint</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:38:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>6.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:38</t>
   </si>
   <si>
     <t>finished</t>
   </si>