--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.06. 22:26</t>
+    <t>Eredmények listája: 2026.02.05. 03:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Virágh Bálint</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:38:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>6.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:38</t>
   </si>
   <si>
     <t>finished</t>
   </si>