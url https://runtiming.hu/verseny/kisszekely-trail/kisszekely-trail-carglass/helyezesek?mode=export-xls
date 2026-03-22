--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.05. 03:01</t>
+    <t>Eredmények listája: 2026.03.22. 12:31</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Virágh Bálint</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:38:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>6.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:38</t>
   </si>
   <si>
     <t>finished</t>
   </si>