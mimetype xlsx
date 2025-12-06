--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.16. 21:04</t>
+    <t>Eredmények listája: 2025.12.06. 22:22</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szijjártó Gábor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:00:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>29.6 km [100%]</t>
   </si>
   <si>
     <t>09-04 12:47</t>
   </si>
   <si>
     <t>finished</t>
   </si>