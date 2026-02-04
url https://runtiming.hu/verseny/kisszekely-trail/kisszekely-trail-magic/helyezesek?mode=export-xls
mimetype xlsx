--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.06. 22:22</t>
+    <t>Eredmények listája: 2026.02.05. 00:24</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szijjártó Gábor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:00:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>29.6 km [100%]</t>
   </si>
   <si>
     <t>09-04 12:47</t>
   </si>
   <si>
     <t>finished</t>
   </si>