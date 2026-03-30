--- v2 (2026-02-04)
+++ v3 (2026-03-30)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.05. 00:24</t>
+    <t>Eredmények listája: 2026.03.30. 06:19</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szijjártó Gábor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:00:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>29.6 km [100%]</t>
   </si>
   <si>
     <t>09-04 12:47</t>
   </si>
   <si>
     <t>finished</t>
   </si>