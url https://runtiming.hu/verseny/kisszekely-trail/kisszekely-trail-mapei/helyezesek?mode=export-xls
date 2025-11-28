--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 00:36</t>
+    <t>Eredmények listája: 2025.11.28. 18:20</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zelnik Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:52:46</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>