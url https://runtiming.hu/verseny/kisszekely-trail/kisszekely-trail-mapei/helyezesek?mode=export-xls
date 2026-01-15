--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.28. 18:20</t>
+    <t>Eredmények listája: 2026.01.15. 15:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zelnik Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:52:46</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>