--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.15. 15:09</t>
+    <t>Eredmények listája: 2026.03.01. 18:03</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Zelnik Róbert</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:52:46</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>11.1 km [100%]</t>
   </si>
   <si>
     <t>09-04 11:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>